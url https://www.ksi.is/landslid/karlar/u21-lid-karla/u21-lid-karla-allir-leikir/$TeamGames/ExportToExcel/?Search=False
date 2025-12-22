--- v0 (2025-10-31)
+++ v1 (2025-12-22)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Leikir félaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="511">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Tími</t>
   </si>
   <si>
     <t>Mót</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Gestir</t>
   </si>
   <si>
     <t>Úrslit</t>
   </si>
   <si>
     <t>Þri. 30.05.1978</t>
   </si>
   <si>
@@ -1537,53 +1537,50 @@
     <t>U21 karla - EM 27 riðlakeppni</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Færeyjar</t>
   </si>
   <si>
     <t>Mán. 08.09.2025</t>
   </si>
   <si>
     <t>Kadrioru staadion</t>
   </si>
   <si>
     <t>Fös. 10.10.2025</t>
   </si>
   <si>
     <t>Swissporarena</t>
   </si>
   <si>
     <t>Þri. 14.10.2025</t>
   </si>
   <si>
     <t>Fim. 13.11.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> - </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7036,32 +7033,32 @@
       </c>
       <c r="G240" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>510</v>
       </c>
       <c r="B241" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>502</v>
       </c>
       <c r="D241" s="0" t="s">
         <v>428</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>107</v>
       </c>
       <c r="F241" s="0" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>511</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>