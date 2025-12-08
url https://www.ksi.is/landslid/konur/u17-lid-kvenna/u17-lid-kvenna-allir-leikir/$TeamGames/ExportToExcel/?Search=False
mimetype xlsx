--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -978,51 +978,51 @@
   <si>
     <t>La Manga</t>
   </si>
   <si>
     <t>Lau. 27.09.2025</t>
   </si>
   <si>
     <t>Estádio Municipal de Fafe</t>
   </si>
   <si>
     <t>Mán. 29.09.2025</t>
   </si>
   <si>
     <t>Estádio do Clube Desportivo das Aves</t>
   </si>
   <si>
     <t>Lau. 08.11.2025</t>
   </si>
   <si>
     <t>U17 kvenna - Undank. EM 2026</t>
   </si>
   <si>
     <t>Stadium Catez</t>
   </si>
   <si>
-    <t xml:space="preserve"> - </t>
+    <t>2 - 6</t>
   </si>
   <si>
     <t>Þri. 11.11.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -3789,32 +3789,32 @@
       </c>
       <c r="G118" s="0" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>322</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>323</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>324</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>