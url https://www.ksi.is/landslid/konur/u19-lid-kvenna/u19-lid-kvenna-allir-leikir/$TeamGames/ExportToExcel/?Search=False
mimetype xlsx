--- v0 (2025-10-16)
+++ v1 (2025-12-18)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Leikir félaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="477">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Tími</t>
   </si>
   <si>
     <t>Mót</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Gestir</t>
   </si>
   <si>
     <t>Úrslit</t>
   </si>
   <si>
     <t>Sun. 27.07.1997</t>
   </si>
   <si>
@@ -1417,50 +1417,68 @@
     <t>Sun. 23.02.2025</t>
   </si>
   <si>
     <t>Mið. 02.04.2025</t>
   </si>
   <si>
     <t>16:30</t>
   </si>
   <si>
     <t>U19 kvenna - Seinni umferð undankeppni EM 2025</t>
   </si>
   <si>
     <t>Lau. 05.04.2025</t>
   </si>
   <si>
     <t>Þri. 08.04.2025</t>
   </si>
   <si>
     <t>Mið. 25.06.2025</t>
   </si>
   <si>
     <t>Fart Stadion</t>
   </si>
   <si>
     <t>Lau. 28.06.2025</t>
+  </si>
+  <si>
+    <t>Mið. 26.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U19 kvenna - Undank.  EM 2026</t>
+  </si>
+  <si>
+    <t>Lau. 29.11.2025</t>
+  </si>
+  <si>
+    <t>Estadio Algarve</t>
+  </si>
+  <si>
+    <t>Þri. 02.12.2025</t>
+  </si>
+  <si>
+    <t>Estádio Municipal 2 Irmaos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1499,51 +1517,51 @@
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G204"/>
+  <dimension ref="A1:G207"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.2982978820801" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="46.4715576171875" customWidth="1"/>
     <col min="4" max="4" width="32.4115791320801" customWidth="1"/>
     <col min="5" max="5" width="18.7700233459473" customWidth="1"/>
     <col min="6" max="6" width="18.7700233459473" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
@@ -6101,29 +6119,98 @@
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>470</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>460</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>469</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>137</v>
       </c>
       <c r="G204" s="0" t="s">
         <v>187</v>
       </c>
     </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E205" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="G205" s="0" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E206" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G206" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="E207" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>