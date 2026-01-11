--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -4,800 +4,116 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Leikir félaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Tími</t>
   </si>
   <si>
     <t>Mót</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Gestir</t>
   </si>
   <si>
     <t>Úrslit</t>
   </si>
   <si>
-    <t>Mið. 22.01.2025</t>
-[...8 lines deleted...]
-    <t>Est. Municipal de Lagos</t>
+    <t>Fim. 26.03.2026</t>
+  </si>
+  <si>
+    <t>00:00</t>
+  </si>
+  <si>
+    <t>U21 karla - EM 27 riðlakeppni</t>
   </si>
   <si>
     <t>Ísland</t>
   </si>
   <si>
-    <t>Portúgal</t>
-[...26 lines deleted...]
-    <t>Fös. 31.01.2025</t>
+    <t>Eistland</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>Mán. 30.03.2026</t>
   </si>
   <si>
     <t>17:00</t>
   </si>
   <si>
-    <t>U16 kvenna - VL 2025</t>
-[...2 lines deleted...]
-    <t>Miðgarður</t>
+    <t>Abbé - Deschamps</t>
+  </si>
+  <si>
+    <t>Frakkland</t>
+  </si>
+  <si>
+    <t>Fös. 25.09.2026</t>
+  </si>
+  <si>
+    <t>Þri. 29.09.2026</t>
+  </si>
+  <si>
+    <t>Sviss</t>
+  </si>
+  <si>
+    <t>Þri. 06.10.2026</t>
   </si>
   <si>
     <t>Færeyjar</t>
-  </si>
-[...670 lines deleted...]
-    <t>Lau. 20.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -836,2091 +152,170 @@
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G89"/>
+  <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.2982978820801" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
-    <col min="3" max="3" width="45.9835548400879" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="13.4664535522461" customWidth="1"/>
+    <col min="3" max="3" width="27.3269443511963" customWidth="1"/>
+    <col min="4" max="4" width="17.6671600341797" customWidth="1"/>
+    <col min="5" max="5" width="9.94710826873779" customWidth="1"/>
+    <col min="6" max="6" width="9.94710826873779" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="D2" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="F2" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="0" t="s">
+      <c r="C3" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="D4" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>29</v>
-[...1908 lines deleted...]
-        <v>234</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>