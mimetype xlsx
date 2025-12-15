--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -324,60 +324,60 @@
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38956</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38984</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38984</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38988.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>