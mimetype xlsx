--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -18,66 +18,66 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Víðir/Reynir</t>
+  </si>
+  <si>
+    <t>Víkingsvöllur</t>
+  </si>
+  <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Garðsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -156,80 +156,80 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>38590.7083333333</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>38591.5833333333</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>38591.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>38592.5833333333</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>38592.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>