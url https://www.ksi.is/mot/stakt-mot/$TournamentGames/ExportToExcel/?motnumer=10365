--- v0 (2025-11-20)
+++ v1 (2026-01-06)
@@ -255,71 +255,71 @@
         <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>27547</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>27553</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>27553</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>27553</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>27554</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>