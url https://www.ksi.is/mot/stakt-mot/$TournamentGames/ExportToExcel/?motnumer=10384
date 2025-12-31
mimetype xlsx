--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -379,127 +379,127 @@
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>28268</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>28270</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>28270</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>28270</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>28272</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>28273</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>28273</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>28273</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>28276</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
@@ -1177,71 +1177,71 @@
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>28343</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>28343</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>28343</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>28349</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>28351</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>4</v>