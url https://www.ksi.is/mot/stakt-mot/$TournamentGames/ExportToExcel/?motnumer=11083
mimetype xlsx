--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -344,79 +344,79 @@
         <v>36316</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>36316</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>36320</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>36320</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>36320</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>36407</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>36407</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">