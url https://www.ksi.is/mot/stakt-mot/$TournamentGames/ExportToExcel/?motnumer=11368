--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -338,46 +338,46 @@
         <v>6</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>36411</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>36442</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>36442</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>