--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -373,71 +373,71 @@
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38893.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38898.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38898.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38903.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38904.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
@@ -653,85 +653,85 @@
         <v>5</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>38931.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>38939.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38939.7916666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>38939.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38942.5833333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>38945.7916666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>