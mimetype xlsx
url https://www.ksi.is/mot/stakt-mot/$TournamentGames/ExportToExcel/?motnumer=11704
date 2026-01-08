--- v1 (2025-11-04)
+++ v2 (2026-01-08)
@@ -275,71 +275,71 @@
         <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>38882.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>38883.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>38883.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>38886.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>38887.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>