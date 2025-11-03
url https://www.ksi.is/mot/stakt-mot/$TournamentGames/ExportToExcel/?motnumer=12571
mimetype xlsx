--- v0 (2025-11-02)
+++ v1 (2025-11-03)
@@ -421,71 +421,71 @@
         <v>15</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38809.625</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38815.6041666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38815.6041666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38816.5625</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38816.6041666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
@@ -715,94 +715,94 @@
         <v>12</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38838.6041666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>38852.78125</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>38852.78125</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>38852.78125</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>38852.78125</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>38856.7708333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>