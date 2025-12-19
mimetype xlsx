--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -239,85 +239,85 @@
         <v>16</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>38805.625</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>38808.5277777778</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>38808.5277777778</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>38808.5277777778</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>38808.5902777778</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>38808.6944444444</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
@@ -435,141 +435,141 @@
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38827.7013888889</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38829.5277777778</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38829.5277777778</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38829.5277777778</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38829.5277777778</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38829.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>38836.5277777778</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38836.5277777778</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38836.5277777778</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>38836.5833333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>16</v>
@@ -645,113 +645,113 @@
         <v>13</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>38846.8194444444</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>38850.5277777778</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>38850.5277777778</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38850.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>38851.5277777778</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38851.5277777778</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>38853.7986111111</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>38855.7777777778</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>10</v>