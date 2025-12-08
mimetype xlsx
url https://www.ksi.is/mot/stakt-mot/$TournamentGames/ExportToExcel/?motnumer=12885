--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -419,71 +419,71 @@
         <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38890.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38896.75</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38896.75</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38897.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38899.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>14</v>
@@ -895,71 +895,71 @@
         <v>13</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>38956.5</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>38956.5833333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>38956.5833333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>38956.6666666667</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>38957.75</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>