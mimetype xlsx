--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -221,71 +221,71 @@
         <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>39010.8611111111</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>39017.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>39017.7916666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>39017.875</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>39024.7708333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
@@ -305,66 +305,66 @@
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>39027.8645833333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>39031.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>39031.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>39031.8645833333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>