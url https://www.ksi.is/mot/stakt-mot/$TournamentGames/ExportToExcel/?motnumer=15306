--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -323,71 +323,71 @@
         <v>12</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>39243.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>39245.75</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>39245.75</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>39251.75</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>39253.75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
@@ -575,71 +575,71 @@
         <v>13</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>39280.7291666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>39280.75</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>39280.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>39283.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>39285.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>12</v>
@@ -757,99 +757,99 @@
         <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>39308.7291666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>39309.7291666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>39309.7291666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>39315.7291666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>39315.7291666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>39315.7291666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>39317.75</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>4</v>
@@ -883,71 +883,71 @@
         <v>12</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>39320.5</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>39320.5</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>39320.5</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>39322.71875</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>39326.5833333333</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>15</v>