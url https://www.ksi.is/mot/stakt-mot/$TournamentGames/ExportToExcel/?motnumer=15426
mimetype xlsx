--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -237,85 +237,85 @@
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>39232.7291666667</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>39234.7083333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>39234.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>39234.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>39240.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>39241.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
@@ -419,71 +419,71 @@
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>39247.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>39252.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>39252.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>39253.7083333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>39255.5416666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
@@ -587,71 +587,71 @@
         <v>13</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>39267.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>39269.7083333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>39269.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>39269.7916666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>39276.7083333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>10</v>
@@ -769,183 +769,183 @@
         <v>13</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>39314.7083333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>39314.7083333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>39314.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>39314.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>39318.6875</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>39318.7083333333</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>39321.7083333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>39321.7083333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>39321.7083333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>39321.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>39321.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>39324.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>39343.7708333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>