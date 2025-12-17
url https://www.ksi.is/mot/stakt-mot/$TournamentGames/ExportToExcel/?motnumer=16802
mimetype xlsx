--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -308,127 +308,127 @@
         <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>39995.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40001.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40001.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40001.7708333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40007.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40007.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40007.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40011.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40011.75</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
@@ -518,66 +518,66 @@
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40036.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40039.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40039.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40039.75</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>