--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -54,93 +54,93 @@
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Selfoss/Árborg</t>
   </si>
   <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Gnúpverjar</t>
   </si>
   <si>
     <t>Gróttuvöllur</t>
   </si>
   <si>
+    <t>Fram</t>
+  </si>
+  <si>
+    <t>Fjölnir</t>
+  </si>
+  <si>
+    <t>Framvöllur</t>
+  </si>
+  <si>
+    <t>ÍBV</t>
+  </si>
+  <si>
+    <t>KFR</t>
+  </si>
+  <si>
+    <t>Vestmannaeyjavöllur</t>
+  </si>
+  <si>
+    <t>Þór</t>
+  </si>
+  <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>Þórsvöllur</t>
+  </si>
+  <si>
     <t>Leiknir/KB</t>
   </si>
   <si>
     <t>Haukar/ÍH</t>
   </si>
   <si>
     <t>Leiknisvöllur</t>
   </si>
   <si>
     <t>HK/Ýmir</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Fagrilundur</t>
-  </si>
-[...25 lines deleted...]
-    <t>Þórsvöllur</t>
   </si>
   <si>
     <t>Grindavík/Njarðvík</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Njarðvíkurvöllur</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Höttur/Spyrnir</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Snæfellsnes</t>
   </si>
@@ -422,76 +422,76 @@
     <row r="13">
       <c r="A13" s="2">
         <v>39619.8020833333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>39628.625</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>39628.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>39633.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>39634.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>39635.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>45</v>
@@ -503,135 +503,135 @@
         <v>46</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>39640.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>39640.7916666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>39645.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>39648.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>39648.5833333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>39648.625</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>39655.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>39681.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>39702.7291666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>39710.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>