--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -185,71 +185,71 @@
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>39592.5833333333</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>39598.8333333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>39598.8333333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>39599.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>39605.8333333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>11</v>
@@ -269,71 +269,71 @@
         <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>39606.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>39612.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>39612.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>39613.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>39620.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
@@ -367,71 +367,71 @@
         <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>39626.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>39627.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>39627.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>39632.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>39633.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
@@ -521,71 +521,71 @@
         <v>11</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>39648.5416666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>39654.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>39654.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>39655.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>39658.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
@@ -745,52 +745,52 @@
         <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>39683.5833333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>39683.6666666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>39683.6666666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>