--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -396,71 +396,71 @@
         <v>9</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>39639.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>39639.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>39639.7083333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>39643.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>39643.7916666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
@@ -704,66 +704,66 @@
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>39685.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>39687.7083333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>39687.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>39689.6666666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>