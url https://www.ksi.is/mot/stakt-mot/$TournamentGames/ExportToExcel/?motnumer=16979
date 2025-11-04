--- v0 (2025-11-03)
+++ v1 (2025-11-04)
@@ -27,108 +27,108 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>ÍA b</t>
   </si>
   <si>
     <t>Valur b</t>
   </si>
   <si>
     <t>Melavöllur</t>
   </si>
   <si>
+    <t>ÍBH</t>
+  </si>
+  <si>
+    <t>Fram b</t>
+  </si>
+  <si>
+    <t>Hvaleyrarholtsvöllur</t>
+  </si>
+  <si>
     <t>ÍBÍ</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Ísafjarðarvöllur</t>
   </si>
   <si>
-    <t>ÍBH</t>
-[...7 lines deleted...]
-  <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Keflavík b</t>
   </si>
   <si>
     <t>Þróttur R. b</t>
   </si>
   <si>
     <t>KR b</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Hásteinsvöllur</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
+    <t>ÍBA</t>
+  </si>
+  <si>
+    <t>Keflavík</t>
+  </si>
+  <si>
+    <t>Akureyrarvöllur</t>
+  </si>
+  <si>
     <t>ÍA</t>
-  </si>
-[...7 lines deleted...]
-    <t>Akureyrarvöllur</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -263,189 +263,189 @@
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>23240</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>23247</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>23258</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>23265</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>23269</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>23269</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>23276</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>23276</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>23276</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>23279</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>23283</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>23283</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>23290</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>