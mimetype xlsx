--- v0 (2025-11-17)
+++ v1 (2026-01-05)
@@ -84,66 +84,66 @@
   <si>
     <t>Skallagrímsvöllur</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Hrönn</t>
   </si>
   <si>
     <t>Melavöllur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Reynir S.</t>
   </si>
   <si>
     <t>Ármann</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
+    <t>Leiknir F.</t>
+  </si>
+  <si>
+    <t>KSH</t>
+  </si>
+  <si>
+    <t>Búðagrund</t>
+  </si>
+  <si>
     <t>Austri</t>
   </si>
   <si>
     <t>Huginn</t>
   </si>
   <si>
     <t>Eskifjarðarvöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Búðagrund</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Hvaleyrarholtsvöllur</t>
   </si>
   <si>
     <t>Þróttur N.</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>KS</t>
   </si>
@@ -422,79 +422,79 @@
         <v>34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>26166</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>26170</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>26175</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>26175</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>26180</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>26181</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>