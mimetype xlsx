--- v0 (2025-10-18)
+++ v1 (2025-12-11)
@@ -18,93 +18,93 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Austri</t>
+  </si>
+  <si>
+    <t>Spyrnir</t>
+  </si>
+  <si>
+    <t>Eskifjarðarvöllur</t>
+  </si>
+  <si>
     <t>Huginn</t>
   </si>
   <si>
     <t>Leiknir F.</t>
   </si>
   <si>
     <t>Seyðisfjarðarvöllur</t>
   </si>
   <si>
-    <t>Austri</t>
-[...7 lines deleted...]
-  <si>
     <t>Víðir</t>
   </si>
   <si>
     <t>Reynir S.</t>
   </si>
   <si>
     <t>Garðsvöllur</t>
   </si>
   <si>
+    <t>Ármann</t>
+  </si>
+  <si>
+    <t>Hrönn</t>
+  </si>
+  <si>
+    <t>Melavöllur</t>
+  </si>
+  <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Melavöllur</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Njarðvíkurvöllur</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>UMSB</t>
   </si>
   <si>
     <t>Bolungarvík</t>
   </si>
@@ -377,57 +377,57 @@
         <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>26496</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>26496</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>26498</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>26498</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
@@ -450,287 +450,287 @@
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>26499</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>26501</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>26527</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>26534</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>26537</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>26544</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>26547</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>26559</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>26563</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>26572</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>26572</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>26576</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>26579</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>26579</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>26579</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>26580</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>26586</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>26600</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>26600</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>26615</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>