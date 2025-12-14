--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -27,243 +27,243 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Leiknir R.</t>
   </si>
   <si>
     <t>Óðinn</t>
   </si>
   <si>
     <t>Leiknisvöllur</t>
   </si>
   <si>
+    <t>Huginn</t>
+  </si>
+  <si>
+    <t>Austri</t>
+  </si>
+  <si>
+    <t>Seyðisfjarðarvöllur</t>
+  </si>
+  <si>
+    <t>Grindavík</t>
+  </si>
+  <si>
+    <t>Afturelding</t>
+  </si>
+  <si>
+    <t>Grindavíkurvöllur</t>
+  </si>
+  <si>
+    <t>Höttur</t>
+  </si>
+  <si>
+    <t>Einherji</t>
+  </si>
+  <si>
+    <t>Vilhjálmsvöllur</t>
+  </si>
+  <si>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>Njarðvík</t>
+  </si>
+  <si>
+    <t>Stjörnuvöllur</t>
+  </si>
+  <si>
     <t>Hekla</t>
   </si>
   <si>
     <t>Þór Þ.</t>
   </si>
   <si>
     <t>Helluvöllur</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>ÍK</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
   </si>
   <si>
-    <t>Huginn</t>
-[...32 lines deleted...]
-    <t>Stjörnuvöllur</t>
+    <t>Leiknir F.</t>
+  </si>
+  <si>
+    <t>Hrafnkell Fr.</t>
+  </si>
+  <si>
+    <t>Búðagrund</t>
   </si>
   <si>
     <t>Víðir</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Garðsvöllur</t>
   </si>
   <si>
-    <t>Leiknir F.</t>
-[...7 lines deleted...]
-  <si>
     <t>Ármann</t>
   </si>
   <si>
     <t>Melavöllur</t>
   </si>
   <si>
     <t>Þróttur N.</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
+    <t>Völsungur</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>Húsavíkurvöllur</t>
+  </si>
+  <si>
     <t>Þór</t>
   </si>
   <si>
     <t>HSÞB</t>
   </si>
   <si>
     <t>Akureyrarvöllur</t>
   </si>
   <si>
-    <t>Völsungur</t>
-[...5 lines deleted...]
-    <t>Húsavíkurvöllur</t>
+    <t>Víkingur Ó.</t>
+  </si>
+  <si>
+    <t>Ólafsvíkurvöllur</t>
+  </si>
+  <si>
+    <t>Vopnafjarðarvöllur</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>KR-völlur</t>
+  </si>
+  <si>
+    <t>Leiftur</t>
+  </si>
+  <si>
+    <t>Árroðinn A</t>
+  </si>
+  <si>
+    <t>Ólafsfjarðarvöllur</t>
   </si>
   <si>
     <t>ÍBÍ</t>
   </si>
   <si>
     <t>Bolungarvík</t>
   </si>
   <si>
     <t>Ísafjarðarvöllur</t>
   </si>
   <si>
-    <t>Víkingur Ó.</t>
-[...25 lines deleted...]
-  <si>
     <t>Magni</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Grenivíkurvöllur</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
+    <t>Laugardalsvöllur</t>
+  </si>
+  <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
-    <t>Laugardalsvöllur</t>
-[...1 lines deleted...]
-  <si>
     <t>Siglufjarðarvöllur</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Breiðablik</t>
+  </si>
+  <si>
+    <t>Kópavogsvöllur</t>
+  </si>
+  <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
-    <t>Breiðablik</t>
-[...5 lines deleted...]
-    <t>Víkingur R.</t>
+    <t>FH</t>
+  </si>
+  <si>
+    <t>Fram</t>
+  </si>
+  <si>
+    <t>Hvaleyrarholtsvöllur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Keflavík</t>
-  </si>
-[...7 lines deleted...]
-    <t>Hvaleyrarholtsvöllur</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Hásteinsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -443,497 +443,497 @@
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>28641</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>28654</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>28654</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>28654</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>28654</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>28655</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>28655</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>28655</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>28655</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>28655</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>28655</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>28655</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>28656</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>28661</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>28662</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>28662</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>28662</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>28662</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>28662</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>28675</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>28675</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>28675</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>28675</v>
       </c>
       <c r="B32" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>28676</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>28676</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>28676</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>28677</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>28683</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>28690</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>28690</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>28690</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>28690</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>28710</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>28711</v>
       </c>
       <c r="B43" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>28729</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>