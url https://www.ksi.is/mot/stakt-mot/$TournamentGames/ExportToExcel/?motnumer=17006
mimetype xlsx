--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -27,306 +27,306 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Valur Reyðarf.</t>
   </si>
   <si>
     <t>KSH</t>
   </si>
   <si>
     <t>Reyðarfjarðarvöllur</t>
   </si>
   <si>
+    <t>Völsungur</t>
+  </si>
+  <si>
+    <t>Magni</t>
+  </si>
+  <si>
+    <t>Húsavíkurvöllur</t>
+  </si>
+  <si>
+    <t>Kormákur</t>
+  </si>
+  <si>
+    <t>Neisti H.</t>
+  </si>
+  <si>
+    <t>Reykjaskólavöllur</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>Leiknisvöllur</t>
+  </si>
+  <si>
+    <t>Austri</t>
+  </si>
+  <si>
+    <t>Einherji</t>
+  </si>
+  <si>
+    <t>Eskifjarðarvöllur</t>
+  </si>
+  <si>
+    <t>Huginn</t>
+  </si>
+  <si>
+    <t>Seyðisfjarðarvöllur</t>
+  </si>
+  <si>
     <t>Þróttur N.</t>
   </si>
   <si>
     <t>Höttur</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
+    <t>Sindri</t>
+  </si>
+  <si>
+    <t>Leiknir F.</t>
+  </si>
+  <si>
+    <t>Sindravellir</t>
+  </si>
+  <si>
+    <t>Afturelding</t>
+  </si>
+  <si>
+    <t>Grótta</t>
+  </si>
+  <si>
+    <t>Varmárvöllur</t>
+  </si>
+  <si>
     <t>Stokkseyri</t>
   </si>
   <si>
     <t>TBR</t>
   </si>
   <si>
     <t>Stokkseyrarvöllur</t>
   </si>
   <si>
+    <t>Reynir S.</t>
+  </si>
+  <si>
+    <t>Grindavík</t>
+  </si>
+  <si>
+    <t>Sandgerðisvöllur</t>
+  </si>
+  <si>
+    <t>Skallagrímur</t>
+  </si>
+  <si>
+    <t>Bolungarvík</t>
+  </si>
+  <si>
+    <t>Skallagrímsvöllur</t>
+  </si>
+  <si>
+    <t>ÍK</t>
+  </si>
+  <si>
+    <t>Víkingur Ó.</t>
+  </si>
+  <si>
+    <t>Njarðvíkurvöllur</t>
+  </si>
+  <si>
+    <t>Þróttur R.</t>
+  </si>
+  <si>
+    <t>Snæfell</t>
+  </si>
+  <si>
+    <t>Þróttarvöllur</t>
+  </si>
+  <si>
     <t>Árvakur</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Gervigrasvöllur Laugardal</t>
   </si>
   <si>
-    <t>Þróttur R.</t>
-[...49 lines deleted...]
-  <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
-    <t>Njarðvíkurvöllur</t>
-[...19 lines deleted...]
-  <si>
     <t>Hvöt</t>
   </si>
   <si>
     <t>Dalvík</t>
   </si>
   <si>
     <t>Blönduósvöllur</t>
   </si>
   <si>
     <t>Reynir Á</t>
   </si>
   <si>
     <t>UMSE-b</t>
   </si>
   <si>
     <t>Árskógsvöllur</t>
   </si>
   <si>
-    <t>Leiknir R.</t>
-[...22 lines deleted...]
-  <si>
     <t>Víkverji</t>
   </si>
   <si>
     <t>Ármann</t>
   </si>
   <si>
     <t>Vopnafjarðarvöllur</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Dalvíkurvöllur</t>
   </si>
   <si>
     <t>Skeiðisvöllur</t>
   </si>
   <si>
+    <t>Ásvellir</t>
+  </si>
+  <si>
     <t>Leiftur</t>
   </si>
   <si>
     <t>KS</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Siglufjarðarvöllur</t>
   </si>
   <si>
-    <t>Ásvellir</t>
-[...1 lines deleted...]
-  <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
   <si>
     <t>Akureyrarvöllur</t>
   </si>
   <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>Kópavogsvöllur</t>
+  </si>
+  <si>
+    <t>Ólafsfjarðarvöllur</t>
+  </si>
+  <si>
+    <t>Fram</t>
+  </si>
+  <si>
+    <t>Víðir</t>
+  </si>
+  <si>
+    <t>Laugardalsvöllur</t>
+  </si>
+  <si>
     <t>FH</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
-    <t>Valur</t>
-[...14 lines deleted...]
-    <t>Ólafsfjarðarvöllur</t>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>KA</t>
+  </si>
+  <si>
+    <t>Stjörnuvöllur</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>KR-völlur</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Sandgrasvöllur Kópavogs</t>
   </si>
   <si>
-    <t>Stjarnan</t>
-[...11 lines deleted...]
-    <t>KR-völlur</t>
+    <t>Garðsvöllur</t>
   </si>
   <si>
     <t>Hlíðarendi</t>
-  </si>
-[...1 lines deleted...]
-    <t>Garðsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -444,93 +444,93 @@
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>33386</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>33386</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>33386</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>33386</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>33386</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>33386</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>33386</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>33</v>
@@ -587,564 +587,564 @@
     <row r="16">
       <c r="A16" s="2">
         <v>33386</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>33386</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>33386</v>
       </c>
       <c r="B18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>33386</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>33387</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>33393</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>33393</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>33395</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>33396</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>33396</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>33397</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>33397</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>33397</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>33397</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>33397</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>33397</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>33397</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>33399</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>33413</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>33414</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>33414</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>33414</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>33414</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>33414</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>33428</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>33428</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>33428</v>
       </c>
       <c r="B42" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>33428</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>33429</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>33429</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C45" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>33429</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>33429</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>33444</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>33444</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>33444</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>33444</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>33458</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>33458</v>
       </c>
       <c r="B53" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>33475</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>33478</v>
       </c>
       <c r="B55" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="0" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>