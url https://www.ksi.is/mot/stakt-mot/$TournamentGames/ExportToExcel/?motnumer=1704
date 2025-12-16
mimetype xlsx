--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -42,54 +42,54 @@
   <si>
     <t>Ísrael</t>
   </si>
   <si>
     <t>Ísland</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Armenía</t>
   </si>
   <si>
     <t>Sviss</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Garðsvöllur</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
   <si>
+    <t>Víkingsvöllur</t>
+  </si>
+  <si>
     <t>Fylkisvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Víkingsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -190,52 +190,52 @@
         <v>7</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>37519.6666666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>37521.6666666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>37521.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>