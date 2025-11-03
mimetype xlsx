--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -297,71 +297,71 @@
         <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>39989.8229166667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40002.8229166667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40002.8229166667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40009.8229166667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40015.8229166667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
@@ -381,71 +381,71 @@
         <v>12</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40022.8229166667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40023.8229166667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40023.8229166667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40030.8229166667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40036.8125</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>12</v>