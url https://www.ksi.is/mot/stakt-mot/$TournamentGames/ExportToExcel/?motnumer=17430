--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -266,71 +266,71 @@
         <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>30854</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>30861</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>30861</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>30861</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>30868</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>7</v>
@@ -476,85 +476,85 @@
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>30896</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>30903</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>30903</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>30903</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>30910</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>30910</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>11</v>