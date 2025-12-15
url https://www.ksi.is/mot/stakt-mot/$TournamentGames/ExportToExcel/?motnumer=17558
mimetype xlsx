--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -671,71 +671,71 @@
         <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>39944.8125</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>39949.4583333333</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>39949.4583333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>39949.5</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>39949.5208333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>7</v>