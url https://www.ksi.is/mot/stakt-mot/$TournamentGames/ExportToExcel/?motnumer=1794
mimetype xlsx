--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -338,127 +338,127 @@
         <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>37426.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>37427.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>37427.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>37429.5</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>37432.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37432.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>37432.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>37435.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>37437.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>15</v>
@@ -478,71 +478,71 @@
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>37444.5833333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>37446.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>37446.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>37451.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>37453.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
@@ -590,71 +590,71 @@
         <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>37460.8020833333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>37460.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>37460.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>37464.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>37466.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
@@ -898,80 +898,80 @@
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>37506.5</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>37508.75</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>37508.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>37508.75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>37508.75</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>