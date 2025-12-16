--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -63,90 +63,90 @@
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>BÍ</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Víkingsvöllur</t>
+  </si>
+  <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Hlíðarendi</t>
   </si>
   <si>
-    <t>Víkingur R.</t>
-[...7 lines deleted...]
-  <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Skallagrímur</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
+    <t>ÍR</t>
+  </si>
+  <si>
+    <t>Keflavík</t>
+  </si>
+  <si>
+    <t>ÍR-völlur</t>
+  </si>
+  <si>
     <t>Fjölnir</t>
-  </si>
-[...7 lines deleted...]
-    <t>ÍR-völlur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Smárahvammsvöllur</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
@@ -333,99 +333,99 @@
         <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>37417.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>37431.75</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>37431.75</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>37431.75</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>37431.75</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>37431.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>37432.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>17</v>
@@ -445,122 +445,122 @@
         <v>38</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>37444.625</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37447.75</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>37450.4583333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>37450.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>37468.7708333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>37487.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>37487.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>37499.6875</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>