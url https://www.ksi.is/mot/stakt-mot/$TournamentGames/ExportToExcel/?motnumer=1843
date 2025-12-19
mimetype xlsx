--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -343,99 +343,99 @@
         <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>37427.75</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>37427.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>37427.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>37432.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37432.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>37434.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>37442.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
@@ -651,71 +651,71 @@
         <v>15</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>37482.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>37482.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>37482.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>37485.5416666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>37485.625</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
@@ -833,85 +833,85 @@
         <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>37493.5833333333</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>37496.75</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>37496.75</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>37496.75</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>37498.75</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>37499.4583333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>