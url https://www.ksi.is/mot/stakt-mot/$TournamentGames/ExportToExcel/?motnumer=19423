--- v0 (2025-10-31)
+++ v1 (2025-12-14)
@@ -460,71 +460,71 @@
         <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40239.8125</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40240.7916666667</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40240.7916666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40247.7395833333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40250.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -670,71 +670,71 @@
         <v>7</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40285.6666666667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40285.7916666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40285.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40292.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40296.7708333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>