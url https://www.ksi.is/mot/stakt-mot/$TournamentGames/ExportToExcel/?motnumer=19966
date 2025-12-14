--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -202,71 +202,71 @@
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>40231.7916666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>40235.7916666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>40235.7916666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>40235.875</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40236.5</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>4</v>