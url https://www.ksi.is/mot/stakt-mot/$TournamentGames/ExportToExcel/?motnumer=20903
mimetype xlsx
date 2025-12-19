--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -18,66 +18,66 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Fjölnir/Björninn</t>
+  </si>
+  <si>
+    <t>Fylkir</t>
+  </si>
+  <si>
+    <t>Fjölnisvöllur - Gervigras</t>
+  </si>
+  <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Kórinn</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
@@ -255,387 +255,387 @@
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>40322.5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>40323.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>40324.8333333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40324.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>40327.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>40327.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>40328.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40328.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40330.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40330.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40337.75</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40337.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40338.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40338.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40344.75</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40344.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40345.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40345.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40349.5833333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40350.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40350.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40351.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40357.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40358.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40358.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40359.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40362.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40362.6666666667</v>
@@ -661,589 +661,589 @@
         <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40363.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40365.8020833333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40366.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40371.8333333333</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40374.7083333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40374.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40374.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40375.7291666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40378.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>40379.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>40385.75</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>40385.75</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>40385.8333333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>40386.8333333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>40396.75</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>40397.5833333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>40397.5833333333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>40397.6666666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>40398.5833333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>40399.7916666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>40400.7916666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>40401.75</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>40402.7916666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>40404.625</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>40405.5416666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>40407.7916666667</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>40408.7916666667</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>40411.6666666667</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>40412.5</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>40412.5833333333</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>40416.7708333333</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>40416.7916666667</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>40417.7708333333</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>40418.75</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>40419.5833333333</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>40422.75</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>40422.75</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>40422.75</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>40423.75</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>40425.6666666667</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>40425.6875</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>40426.5833333333</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>16</v>
@@ -1252,217 +1252,217 @@
         <v>12</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>40426.5833333333</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>40427.75</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>40430.75</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>40430.8333333333</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>40432.6666666667</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>40433.5833333333</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>40438.8333333333</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>40441.7083333333</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>40448.7083333333</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>40448.7083333333</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>40448.7083333333</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>