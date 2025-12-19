--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -338,141 +338,141 @@
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40330.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40330.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40330.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40337.75</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40337.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40337.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40337.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40337.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40344.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40344.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
@@ -632,71 +632,71 @@
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40361.7916666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40365.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40365.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40367.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40373.7083333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>7</v>
@@ -716,71 +716,71 @@
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40374.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40374.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40374.8333333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40377.6666666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>40380.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
@@ -884,85 +884,85 @@
         <v>11</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>40397.625</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>40400.7916666667</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>40400.7916666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>40400.7916666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>40401.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>40403.7916666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>4</v>
@@ -1080,365 +1080,365 @@
         <v>5</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>40414.7083333333</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>40416.7708333333</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>40416.7708333333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>40416.7708333333</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>40417.75</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>40422.6875</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>40422.7708333333</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>40422.7708333333</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>40422.7708333333</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>40422.7708333333</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>40425.6875</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>40429.75</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>40429.75</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>40429.75</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>40429.75</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>40435.7291666667</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>40438.6666666667</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>40441.7083333333</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>40441.7083333333</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>40441.7083333333</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>40441.7083333333</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>40443.7291666667</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>40449.7916666667</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>11</v>