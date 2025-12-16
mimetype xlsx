--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -242,71 +242,71 @@
         <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>40325.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>40326.8333333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40326.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>40328.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>40330.75</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
@@ -396,71 +396,71 @@
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40345.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40345.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40345.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40346.5</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40349.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
@@ -704,71 +704,71 @@
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40380.8125</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40384.5833333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40384.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40386.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>40388.75</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>7</v>