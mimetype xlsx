--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -334,155 +334,155 @@
         <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40349.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40350.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40350.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40353.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40354.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40354.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40361.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40361.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40361.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40367.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40367.8541666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
@@ -586,71 +586,71 @@
         <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40386.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40386.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40386.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40395.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40396.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>