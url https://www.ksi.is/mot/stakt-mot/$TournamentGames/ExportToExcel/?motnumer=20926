--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -614,150 +614,150 @@
         <v>5</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40386.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40396.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40396.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40397.5833333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40403.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40403.7916666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40405.5833333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40410.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40411.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40411.5833333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>