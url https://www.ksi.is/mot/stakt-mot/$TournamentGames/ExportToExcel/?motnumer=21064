--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -343,71 +343,71 @@
         <v>17</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40359.7638888889</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40360.7638888889</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40360.7638888889</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40365.5972222222</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40367.7222222222</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>11</v>
@@ -455,71 +455,71 @@
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40373.7638888889</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40395.7638888889</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40395.7638888889</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40399.7638888889</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40403.7638888889</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
@@ -609,80 +609,80 @@
         <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40413.6944444444</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40416.7638888889</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40416.7638888889</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40416.7638888889</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40416.7638888889</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>