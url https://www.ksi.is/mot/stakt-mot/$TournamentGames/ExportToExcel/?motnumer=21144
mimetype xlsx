--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -399,71 +399,71 @@
         <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40352.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40353.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40353.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40355.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40356.4583333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>13</v>
@@ -497,71 +497,71 @@
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40366.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40366.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40366.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40369.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40370.5833333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
@@ -623,71 +623,71 @@
         <v>10</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40387.75</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40387.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40387.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40398.5833333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40398.625</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
@@ -707,71 +707,71 @@
         <v>14</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40407.75</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40409.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40409.7916666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40414.75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>40416.7916666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>10</v>
@@ -805,71 +805,71 @@
         <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>40425.6666666667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>40426.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>40426.5833333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>40426.5833333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>40429.75</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>7</v>