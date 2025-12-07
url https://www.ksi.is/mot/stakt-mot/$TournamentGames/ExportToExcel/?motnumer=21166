--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -539,71 +539,71 @@
         <v>16</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40379.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40386.75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40386.75</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40399.75</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40399.75</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>12</v>
@@ -651,113 +651,113 @@
         <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40408.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40414.75</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40414.75</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40418.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40419.5833333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40419.5833333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40420.75</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40439.4583333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>4</v>