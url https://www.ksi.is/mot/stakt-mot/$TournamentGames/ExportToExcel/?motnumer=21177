--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -365,85 +365,85 @@
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40347.8229166667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40357.8229166667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40357.8229166667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40357.8229166667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40361.78125</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40364.8229166667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
@@ -519,248 +519,248 @@
         <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40379.8229166667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40385.8229166667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40385.8229166667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40385.8229166667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40402.8125</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40402.8125</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40402.8125</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40408.7916666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40408.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40408.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40415.7708333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40415.7708333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40415.7708333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40417.7291666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40419.5208333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>40420.7708333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>40420.7708333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>