--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -543,155 +543,155 @@
         <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40356.5</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40357.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40357.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40357.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40359.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40364.6666666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40364.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40364.7083333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40364.7083333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40364.7083333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40367.7083333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>23</v>
@@ -781,183 +781,183 @@
         <v>13</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>40401.7083333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>40402.7083333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>40402.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>40408.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>40408.7083333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>40408.7083333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>40408.75</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>40408.7916666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>40410.6666666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>40414.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>40414.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>40414.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>40414.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>