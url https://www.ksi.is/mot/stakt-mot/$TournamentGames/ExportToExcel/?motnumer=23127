--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -267,71 +267,71 @@
         <v>14</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40600.5555555556</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>40600.6388888889</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>40600.6388888889</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>40614.5</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40621.5972222222</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>18</v>
@@ -561,71 +561,71 @@
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40670.5763888889</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40670.5972222222</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40670.5972222222</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40672.7222222222</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40677.5555555556</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>10</v>