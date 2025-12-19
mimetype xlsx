--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -267,71 +267,71 @@
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>40508.8541666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>40510.5416666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>40510.5416666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>40524.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>40557.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
@@ -561,85 +561,85 @@
         <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>40608.625</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>40608.75</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>40608.75</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>40608.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>40622.6666666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>40622.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>7</v>
@@ -799,66 +799,66 @@
         <v>13</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>40648.8611111111</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>40650.75</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>40650.75</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>40663.5208333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>