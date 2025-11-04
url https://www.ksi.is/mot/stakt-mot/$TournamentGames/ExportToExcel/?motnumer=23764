--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -18,150 +18,150 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Hvöt</t>
+  </si>
+  <si>
+    <t>Leiftur</t>
+  </si>
+  <si>
+    <t>Blönduósvöllur</t>
+  </si>
+  <si>
+    <t>KBS</t>
+  </si>
+  <si>
+    <t>Sindri</t>
+  </si>
+  <si>
+    <t>Fáskrúðsfjörður</t>
+  </si>
+  <si>
+    <t>Fjölnir</t>
+  </si>
+  <si>
+    <t>FH</t>
+  </si>
+  <si>
+    <t>Fjölnisvöllur</t>
+  </si>
+  <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
-    <t>KBS</t>
-[...25 lines deleted...]
-  <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
+    <t>Breiðablik</t>
+  </si>
+  <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>Smárahvammsvöllur</t>
+  </si>
+  <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Varmárvöllur</t>
   </si>
   <si>
-    <t>Breiðablik</t>
-[...5 lines deleted...]
-    <t>Smárahvammsvöllur</t>
+    <t>Höttur</t>
+  </si>
+  <si>
+    <t>Reynir S.</t>
+  </si>
+  <si>
+    <t>Vilhjálmsvöllur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>Hlíðarendi</t>
+  </si>
+  <si>
     <t>ÍBA</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
   <si>
-    <t>Valur</t>
-[...16 lines deleted...]
-  <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Dalvík</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
+    <t>Ólafsfjarðarvöllur</t>
+  </si>
+  <si>
     <t>Sindravellir</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ólafsfjarðarvöllur</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -285,217 +285,217 @@
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>34492</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>34492</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>34492</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>34492</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>34492</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>34492</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>34492</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>34492</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>34521</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>34521</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>34521</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>34521</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>34542</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>34542</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>34567</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>