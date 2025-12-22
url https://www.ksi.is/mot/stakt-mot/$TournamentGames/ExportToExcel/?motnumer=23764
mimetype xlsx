--- v1 (2025-11-04)
+++ v2 (2025-12-22)
@@ -18,144 +18,144 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>ÍBV</t>
+  </si>
+  <si>
+    <t>Selfoss</t>
+  </si>
+  <si>
+    <t>Vestmannaeyjavöllur</t>
+  </si>
+  <si>
+    <t>KBS</t>
+  </si>
+  <si>
+    <t>Sindri</t>
+  </si>
+  <si>
+    <t>Fáskrúðsfjörður</t>
+  </si>
+  <si>
     <t>Hvöt</t>
   </si>
   <si>
     <t>Leiftur</t>
   </si>
   <si>
     <t>Blönduósvöllur</t>
   </si>
   <si>
-    <t>KBS</t>
-[...7 lines deleted...]
-  <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
-    <t>ÍBV</t>
-[...5 lines deleted...]
-    <t>Vestmannaeyjavöllur</t>
+    <t>ÍBA</t>
+  </si>
+  <si>
+    <t>Þórsvöllur</t>
+  </si>
+  <si>
+    <t>Höttur</t>
+  </si>
+  <si>
+    <t>Reynir S.</t>
+  </si>
+  <si>
+    <t>Vilhjálmsvöllur</t>
+  </si>
+  <si>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>Dalvík</t>
+  </si>
+  <si>
+    <t>Stjörnuvöllur</t>
+  </si>
+  <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>Hlíðarendi</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
+    <t>Afturelding</t>
+  </si>
+  <si>
+    <t>Varmárvöllur</t>
+  </si>
+  <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Smárahvammsvöllur</t>
   </si>
   <si>
-    <t>Afturelding</t>
-[...13 lines deleted...]
-  <si>
     <t>KR</t>
   </si>
   <si>
     <t>KR-völlur</t>
-  </si>
-[...22 lines deleted...]
-    <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Ólafsfjarðarvöllur</t>
   </si>
   <si>
     <t>Sindravellir</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -271,231 +271,231 @@
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>34482</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>34492</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>34492</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>34492</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>34492</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>34492</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>34492</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>34492</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>34492</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>34521</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>34521</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>34521</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>34521</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>34542</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>34542</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>34567</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>