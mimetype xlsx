--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -27,77 +27,77 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Haukar/Markaregn</t>
   </si>
   <si>
     <t>ÍR/Léttir</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
+    <t>HK/Ýmir</t>
+  </si>
+  <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Fagrilundur</t>
+  </si>
+  <si>
+    <t>Þór</t>
+  </si>
+  <si>
+    <t>KA</t>
+  </si>
+  <si>
+    <t>Boginn</t>
+  </si>
+  <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Gróttuvöllur</t>
   </si>
   <si>
-    <t>HK/Ýmir</t>
-[...16 lines deleted...]
-  <si>
     <t>ÍBV/KFS/KFR</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Framvöllur</t>
@@ -135,60 +135,60 @@
   <si>
     <t>Fjölnir/Björninn</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
     <t>Afturelding/Hvíti</t>
   </si>
   <si>
     <t>Hamar</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>KF/Dalvík/Reynir</t>
   </si>
   <si>
     <t>Húsavíkurvöllur</t>
   </si>
   <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Breiðablik/Augnablik</t>
+  </si>
+  <si>
+    <t>KR-völlur</t>
+  </si>
+  <si>
     <t>FH</t>
-  </si>
-[...7 lines deleted...]
-    <t>KR-völlur</t>
   </si>
   <si>
     <t>Grýluvöllur</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -421,222 +421,222 @@
         <v>38</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>40704.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>40719.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>40719.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>40719.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>40719.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40719.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40719.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40720.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40721.7291666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40742.7291666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>40752.7291666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>40760.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>40767.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>40773.7708333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>40775.7395833333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>40813.7916666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>4</v>