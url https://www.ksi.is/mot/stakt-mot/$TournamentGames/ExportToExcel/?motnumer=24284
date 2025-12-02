--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -422,71 +422,71 @@
         <v>11</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>40730.7291666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>40730.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>40730.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>40733.5416666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>40734.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
@@ -660,71 +660,71 @@
         <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>40767.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>40767.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>40767.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>40770.7916666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>40772.75</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>